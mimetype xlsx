--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -351,425 +351,425 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:C28"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="150.15" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="117.14999999999999" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="95.7" min="3" max="3" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
-          <t>Antal oprettede afviklede prøver i det seneste kalenderår (1. jan. 2024 - 31. dec. 2024)</t>
+          <t>Antal oprettede afviklede prøver i det seneste kalenderår (1. jan. 2025 - 31. dec. 2025)</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Antal censorerer (unikke individer) med aktive beskikkelser pr. d.d.</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Uddannelser censorkorpset dækker</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="4" t="n">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="B2" s="4" t="n">
         <v>98</v>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Bachelor of Global Nutrition and Health - semesterudd. (ny studieordning af 2019) 
 Bachelor of Global Nutrition and Health - semesterudd. (studieordning af 2016) 
 Professionsbachelor i Ernæring og Sundhed - semesterudd. (ny studieordning af 2019) 
 Professionsbachelor i Ernæring og Sundhed - semesterudd. (studieordning af 2016)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="4" t="n">
-        <v>217</v>
+        <v>190</v>
       </c>
       <c r="B3" s="4" t="n">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C3" s="4" t="inlineStr">
         <is>
           <t>Diplomuddannelsen i digital konceptudvikling 
 DMJX - Diplom- og Akademiuddannelser 
 DMJX - Professionsbacheloruddannelser 
 Grafisk kommunikation</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="n">
-        <v>349</v>
+        <v>293</v>
       </c>
       <c r="B4" s="4" t="n">
         <v>215</v>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>Administrationsbacheloruddannelsen 
 Professionsbachelor i skat 
 Sundhedsadministrativ koordinator</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="n">
-        <v>720</v>
+        <v>755</v>
       </c>
       <c r="B5" s="4" t="n">
         <v>228</v>
       </c>
       <c r="C5" s="4" t="inlineStr">
         <is>
           <t>Den offentlige lederuddannelse 
 Diplomuddannelsen i ledelse  
 Ingeniørernes lederuddannelse (Engineering Business Administration)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="n">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="B6" s="4" t="n">
         <v>212</v>
       </c>
       <c r="C6" s="4" t="inlineStr">
         <is>
           <t>Den sociale diplomuddannelse (SOSAM) 
 Diplomuddannelse i beskæftigelse (SOSAM) 
 Diplomuddannelse i familieterapi og relationel praksis (SOSAM) 
 Diplomuddannelse i kriminologi (SOSAM) 
 Diplomuddannelse i offentlig forvaltning og administration (SOSAM) 
 Diplomuddannelse i rusmiddelbehandling (SOSAM) 
 Diplomuddannelse i socialformidling (SOSAM) 
 Diplomuddannelse i uddannelses-, erhvervs- og karrierevejledning (SOSAM)</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="n">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="B7" s="4" t="n">
         <v>88</v>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Jordemoderuddannelsen - semesteruddannelsen</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B8" s="4" t="n">
         <v>39</v>
       </c>
       <c r="C8" s="4" t="inlineStr">
         <is>
           <t>Professionsbachelor i tekstildesign, -håndværk og formidling</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="n">
-        <v>2231</v>
+        <v>2044</v>
       </c>
       <c r="B9" s="4" t="n">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="C9" s="4" t="inlineStr">
         <is>
           <t>Ny Pædagoguddannelse</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="4" t="n">
         <v>146</v>
       </c>
       <c r="B10" s="4" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C10" s="4" t="inlineStr">
         <is>
           <t>Radiografuddannelsen - Semester</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="n">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B11" s="4" t="n">
         <v>22</v>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Specialuddannelsen i borgernær sygepleje</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="B12" s="4" t="n">
         <v>27</v>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Specialuddannelsen i kræftsygepleje</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B13" s="4" t="n">
         <v>21</v>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Specialuddannelsen i psykiatrisk og børne-/ungdomspsykiatrisk sygepleje</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="n">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B14" s="4" t="n">
         <v>36</v>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Specialuddannelsen til sundhedsplejerske</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="n">
-        <v>1220</v>
+        <v>1284</v>
       </c>
       <c r="B15" s="4" t="n">
-        <v>371</v>
+        <v>397</v>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Sygeplejerskeuddannelsen - semesterudd.</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="4" t="n">
-        <v>220</v>
+        <v>198</v>
       </c>
       <c r="B16" s="4" t="n">
         <v>123</v>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Bioanalytikeruddannelsen - semesterudd.</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="n">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="B17" s="4" t="n">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Fysioterapeutuddannelsen</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="n">
-        <v>1674</v>
+        <v>1771</v>
       </c>
       <c r="B18" s="4" t="n">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Læreruddannelsen</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="n">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="B19" s="4" t="n">
         <v>35</v>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Professionsbachelor i Natur- og Kulturformidling</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="n">
         <v>9</v>
       </c>
       <c r="B20" s="4" t="n">
         <v>24</v>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Professionsbachelor som Dansk Tegnsprogs- og Skrivetolk</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="n">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B21" s="4" t="n">
         <v>22</v>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Professionsbachelor i lyddesign</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="n">
-        <v>470</v>
+        <v>454</v>
       </c>
       <c r="B22" s="4" t="n">
         <v>211</v>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Pædagogisk Diplomuddannelse</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="n">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="B23" s="4" t="n">
         <v>90</v>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Det Sundhedsfaglige Diplomområde</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="n">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B24" s="4" t="n">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Event Management og Økonomi </t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="n">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B25" s="4" t="n">
         <v>51</v>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Kristendom, kultur og kommunikation</t>
+          <t>Civilsamfundsudvikling</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="n">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B26" s="4" t="n">
         <v>40</v>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Psykomotorikuddannelsen</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="n">
-        <v>819</v>
+        <v>783</v>
       </c>
       <c r="B27" s="4" t="n">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Socialrådgiveruddannelsen</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="n">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B28" s="4" t="n">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Ergoterapeutuddannelsen - semesterudd. (ny ordning)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>